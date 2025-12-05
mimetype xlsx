--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -32,51 +32,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Mängden avfall</t>
   </si>
   <si>
-    <t>SE.12.11</t>
+    <t>SE.12.12</t>
   </si>
   <si>
     <t>Matavfall</t>
   </si>
   <si>
     <t>Restavfall</t>
   </si>
   <si>
     <t>Grovavfall</t>
   </si>
   <si>
     <t>Farligt avfall</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
@@ -927,51 +927,51 @@
       </c>
       <c r="E25" s="3">
         <v>2023</v>
       </c>
       <c r="F25">
         <v>421</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" s="2">
         <v>45657</v>
       </c>
       <c r="E26" s="3">
         <v>2024</v>
       </c>
       <c r="F26">
-        <v>409</v>
+        <v>467</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>