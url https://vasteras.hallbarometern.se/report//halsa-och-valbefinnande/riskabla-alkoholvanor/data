--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -32,51 +32,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Riskabla alkoholvanor</t>
   </si>
   <si>
-    <t>SE.3.10</t>
+    <t>SE.3.23</t>
   </si>
   <si>
     <t>Totalt</t>
   </si>
   <si>
     <t>Kvinnor</t>
   </si>
   <si>
     <t>Män</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>