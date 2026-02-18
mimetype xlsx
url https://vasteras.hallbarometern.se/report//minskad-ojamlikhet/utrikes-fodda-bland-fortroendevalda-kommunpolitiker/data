--- v0 (2025-10-03)
+++ v1 (2026-02-18)
@@ -35,57 +35,57 @@
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Sign</t>
   </si>
   <si>
     <t>Measure area</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Value</t>
   </si>
   <si>
     <t>Utrikes födda bland förtroendevalda kommunpolitiker</t>
   </si>
   <si>
     <t>SE.10.7</t>
   </si>
   <si>
-    <t>Totalt</t>
-[...5 lines deleted...]
-    <t>Män</t>
+    <t>Västerås</t>
+  </si>
+  <si>
+    <t>Västmanlands läns kommuner (ovägt medel)</t>
+  </si>
+  <si>
+    <t>Större stad (ovägt medel)</t>
   </si>
   <si>
     <t>Riket</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="yyyy-MM-dd"/>
     <numFmt numFmtId="165" formatCode="####"/>
   </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
     <font>
       <name val="Calibri"/>
       <b/>
       <color theme="1"/>
       <sz val="11"/>
     </font>
@@ -401,534 +401,534 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main">
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1" zoomScaleNormal="100" zoomScaleSheetLayoutView="60" zoomScale="100" view="normal"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="58.57422" customWidth="1"/>
     <col min="2" max="2" width="8.710938" customWidth="1"/>
-    <col min="3" max="3" width="16.00391" customWidth="1"/>
+    <col min="3" max="3" width="48.28125" customWidth="1"/>
     <col min="4" max="4" width="12.71094" customWidth="1"/>
     <col min="5" max="5" width="6.140625" customWidth="1"/>
     <col min="6" max="6" width="11.71094" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" customFormat="true" s="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>6</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2">
         <v>37621</v>
       </c>
       <c r="E2" s="3">
         <v>2002</v>
       </c>
       <c r="F2">
-        <v>18.3</v>
+        <v>18.297872</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="2">
         <v>39082</v>
       </c>
       <c r="E3" s="3">
         <v>2006</v>
       </c>
       <c r="F3">
-        <v>16.9</v>
+        <v>16.877637</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="2">
         <v>40543</v>
       </c>
       <c r="E4" s="3">
         <v>2010</v>
       </c>
       <c r="F4">
-        <v>14.1</v>
+        <v>14.107884</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="2">
         <v>42004</v>
       </c>
       <c r="E5" s="3">
         <v>2014</v>
       </c>
       <c r="F5">
-        <v>19.9</v>
+        <v>19.852941</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="2">
         <v>43465</v>
       </c>
       <c r="E6" s="3">
         <v>2018</v>
       </c>
       <c r="F6">
-        <v>17.2</v>
+        <v>17.241379</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="2">
         <v>44926</v>
       </c>
       <c r="E7" s="3">
         <v>2022</v>
       </c>
       <c r="F7">
         <v>17.307692</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>6</v>
       </c>
       <c r="B8" t="s">
         <v>7</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="2">
         <v>37621</v>
       </c>
       <c r="E8" s="3">
         <v>2002</v>
       </c>
       <c r="F8">
-        <v>20.8</v>
+        <v>12.735671</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>6</v>
       </c>
       <c r="B9" t="s">
         <v>7</v>
       </c>
       <c r="C9" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="2">
         <v>39082</v>
       </c>
       <c r="E9" s="3">
         <v>2006</v>
       </c>
       <c r="F9">
-        <v>17.4</v>
+        <v>11.949384</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
         <v>7</v>
       </c>
       <c r="C10" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="2">
         <v>40543</v>
       </c>
       <c r="E10" s="3">
         <v>2010</v>
       </c>
       <c r="F10">
-        <v>12.1</v>
+        <v>12.485419</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>6</v>
       </c>
       <c r="B11" t="s">
         <v>7</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="2">
         <v>42004</v>
       </c>
       <c r="E11" s="3">
         <v>2014</v>
       </c>
       <c r="F11">
-        <v>21.1</v>
+        <v>13.816208</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>7</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="2">
         <v>43465</v>
       </c>
       <c r="E12" s="3">
         <v>2018</v>
       </c>
       <c r="F12">
-        <v>18.1</v>
+        <v>13.026225</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>7</v>
       </c>
       <c r="C13" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="2">
         <v>44926</v>
       </c>
       <c r="E13" s="3">
         <v>2022</v>
       </c>
       <c r="F13">
-        <v>19.827586</v>
+        <v>13.963350</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" s="2">
         <v>37621</v>
       </c>
       <c r="E14" s="3">
         <v>2002</v>
       </c>
       <c r="F14">
-        <v>16.4</v>
+        <v>10.931870</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" s="2">
         <v>39082</v>
       </c>
       <c r="E15" s="3">
         <v>2006</v>
       </c>
       <c r="F15">
-        <v>16.4</v>
+        <v>11.172172</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="2">
         <v>40543</v>
       </c>
       <c r="E16" s="3">
         <v>2010</v>
       </c>
       <c r="F16">
-        <v>15.7</v>
+        <v>12.060836</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="2">
         <v>42004</v>
       </c>
       <c r="E17" s="3">
         <v>2014</v>
       </c>
       <c r="F17">
-        <v>18.8</v>
+        <v>12.722252</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" s="2">
         <v>43465</v>
       </c>
       <c r="E18" s="3">
         <v>2018</v>
       </c>
       <c r="F18">
-        <v>16.6</v>
+        <v>13.174853</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" s="2">
         <v>44926</v>
       </c>
       <c r="E19" s="3">
         <v>2022</v>
       </c>
       <c r="F19">
-        <v>15.277778</v>
+        <v>12.677970</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" s="2">
         <v>37621</v>
       </c>
       <c r="E20" s="3">
         <v>2002</v>
       </c>
       <c r="F20">
-        <v>7.6</v>
+        <v>7.598655</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" s="2">
         <v>39082</v>
       </c>
       <c r="E21" s="3">
         <v>2006</v>
       </c>
       <c r="F21">
-        <v>8.4</v>
+        <v>8.380373</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="2">
         <v>40543</v>
       </c>
       <c r="E22" s="3">
         <v>2010</v>
       </c>
       <c r="F22">
-        <v>8.7</v>
+        <v>8.691992</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" s="2">
         <v>42004</v>
       </c>
       <c r="E23" s="3">
         <v>2014</v>
       </c>
       <c r="F23">
-        <v>9.2</v>
+        <v>9.211562</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" s="2">
         <v>43465</v>
       </c>
       <c r="E24" s="3">
         <v>2018</v>
       </c>
       <c r="F24">
-        <v>9.7</v>
+        <v>9.744747</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="2">
         <v>44926</v>
       </c>
       <c r="E25" s="3">
         <v>2022</v>
       </c>
       <c r="F25">
         <v>9.831893</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>