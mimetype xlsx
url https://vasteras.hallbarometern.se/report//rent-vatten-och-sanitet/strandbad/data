--- v0 (2025-10-03)
+++ v1 (2026-02-23)
@@ -855,1259 +855,1339 @@
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="2">
         <v>45657</v>
       </c>
       <c r="E22" s="3">
         <v>2024</v>
       </c>
       <c r="F22">
         <v>55</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D23" s="2">
-        <v>36891</v>
+        <v>46022</v>
       </c>
       <c r="E23" s="3">
-        <v>2000</v>
+        <v>2025</v>
       </c>
       <c r="F23">
-        <v>5</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="2">
-        <v>38717</v>
+        <v>36891</v>
       </c>
       <c r="E24" s="3">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="F24">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="2">
-        <v>39082</v>
+        <v>38717</v>
       </c>
       <c r="E25" s="3">
-        <v>2006</v>
+        <v>2005</v>
       </c>
       <c r="F25">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="2">
-        <v>39447</v>
+        <v>39082</v>
       </c>
       <c r="E26" s="3">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="F26">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="2">
-        <v>39813</v>
+        <v>39447</v>
       </c>
       <c r="E27" s="3">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="F27">
-        <v>0</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="2">
-        <v>40178</v>
+        <v>39813</v>
       </c>
       <c r="E28" s="3">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="F28">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="2">
-        <v>40908</v>
+        <v>40178</v>
       </c>
       <c r="E29" s="3">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="F29">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
-        <v>41274</v>
+        <v>40908</v>
       </c>
       <c r="E30" s="3">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="F30">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E31" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F31">
         <v>2</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E32" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F32">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E33" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F33">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E34" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F34">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E35" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F35">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E36" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F36">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E37" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F37">
-        <v>8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E38" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F38">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E39" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F39">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E40" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F40">
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="2">
-        <v>45657</v>
+        <v>45291</v>
       </c>
       <c r="E41" s="3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="F41">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D42" s="2">
-        <v>36891</v>
+        <v>45657</v>
       </c>
       <c r="E42" s="3">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="F42">
-        <v>37</v>
+        <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D43" s="2">
-        <v>38717</v>
+        <v>46022</v>
       </c>
       <c r="E43" s="3">
-        <v>2005</v>
+        <v>2025</v>
       </c>
       <c r="F43">
-        <v>32</v>
+        <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>10</v>
       </c>
       <c r="D44" s="2">
-        <v>39082</v>
+        <v>36891</v>
       </c>
       <c r="E44" s="3">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="F44">
-        <v>25</v>
+        <v>37</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>10</v>
       </c>
       <c r="D45" s="2">
-        <v>39447</v>
+        <v>38717</v>
       </c>
       <c r="E45" s="3">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="F45">
-        <v>39</v>
+        <v>32</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
         <v>10</v>
       </c>
       <c r="D46" s="2">
-        <v>39813</v>
+        <v>39082</v>
       </c>
       <c r="E46" s="3">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="F46">
-        <v>38</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
         <v>10</v>
       </c>
       <c r="D47" s="2">
-        <v>40178</v>
+        <v>39447</v>
       </c>
       <c r="E47" s="3">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="F47">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2">
-        <v>40543</v>
+        <v>39813</v>
       </c>
       <c r="E48" s="3">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="F48">
-        <v>40</v>
+        <v>38</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>10</v>
       </c>
       <c r="D49" s="2">
-        <v>40908</v>
+        <v>40178</v>
       </c>
       <c r="E49" s="3">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="F49">
-        <v>39</v>
+        <v>37</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>10</v>
       </c>
       <c r="D50" s="2">
-        <v>41274</v>
+        <v>40543</v>
       </c>
       <c r="E50" s="3">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="F50">
-        <v>37</v>
+        <v>40</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>10</v>
       </c>
       <c r="D51" s="2">
-        <v>41639</v>
+        <v>40908</v>
       </c>
       <c r="E51" s="3">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="F51">
         <v>39</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>10</v>
       </c>
       <c r="D52" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E52" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F52">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
         <v>10</v>
       </c>
       <c r="D53" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E53" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F53">
-        <v>49</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E54" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F54">
-        <v>45</v>
+        <v>33</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E55" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F55">
-        <v>52</v>
+        <v>49</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E56" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F56">
-        <v>63</v>
+        <v>45</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E57" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F57">
-        <v>44</v>
+        <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>10</v>
       </c>
       <c r="D58" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E58" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F58">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>10</v>
       </c>
       <c r="D59" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E59" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F59">
         <v>44</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
         <v>10</v>
       </c>
       <c r="D60" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E60" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F60">
-        <v>48</v>
+        <v>62</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>10</v>
       </c>
       <c r="D61" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E61" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F61">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>10</v>
       </c>
       <c r="D62" s="2">
-        <v>45657</v>
+        <v>44926</v>
       </c>
       <c r="E62" s="3">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="F62">
-        <v>42</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D63" s="2">
-        <v>36891</v>
+        <v>45291</v>
       </c>
       <c r="E63" s="3">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="F63">
-        <v>18</v>
+        <v>43</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D64" s="2">
-        <v>38717</v>
+        <v>45657</v>
       </c>
       <c r="E64" s="3">
-        <v>2005</v>
+        <v>2024</v>
       </c>
       <c r="F64">
-        <v>12</v>
+        <v>42</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D65" s="2">
-        <v>39082</v>
+        <v>46022</v>
       </c>
       <c r="E65" s="3">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="F65">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" s="2">
-        <v>39447</v>
+        <v>36891</v>
       </c>
       <c r="E66" s="3">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="F66">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" s="2">
-        <v>39813</v>
+        <v>38717</v>
       </c>
       <c r="E67" s="3">
-        <v>2008</v>
+        <v>2005</v>
       </c>
       <c r="F67">
-        <v>4</v>
+        <v>12</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" s="2">
-        <v>40178</v>
+        <v>39082</v>
       </c>
       <c r="E68" s="3">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="F68">
-        <v>3</v>
+        <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" s="2">
-        <v>40543</v>
+        <v>39447</v>
       </c>
       <c r="E69" s="3">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="F69">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" s="2">
-        <v>40908</v>
+        <v>39813</v>
       </c>
       <c r="E70" s="3">
-        <v>2011</v>
+        <v>2008</v>
       </c>
       <c r="F70">
-        <v>19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" s="2">
-        <v>41274</v>
+        <v>40178</v>
       </c>
       <c r="E71" s="3">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="F71">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" s="2">
-        <v>41639</v>
+        <v>40543</v>
       </c>
       <c r="E72" s="3">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="F72">
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" s="2">
-        <v>42004</v>
+        <v>40908</v>
       </c>
       <c r="E73" s="3">
-        <v>2014</v>
+        <v>2011</v>
       </c>
       <c r="F73">
-        <v>13</v>
+        <v>19</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E74" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F74">
-        <v>5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E75" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F75">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E76" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F76">
-        <v>6</v>
+        <v>13</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E77" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F77">
-        <v>16</v>
+        <v>5</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E78" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F78">
         <v>12</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E79" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F79">
-        <v>13</v>
+        <v>6</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E80" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F80">
-        <v>34</v>
+        <v>16</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E81" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F81">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E82" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F82">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="2">
+        <v>44561</v>
+      </c>
+      <c r="E83" s="3">
+        <v>2021</v>
+      </c>
+      <c r="F83">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>6</v>
+      </c>
+      <c r="B84" t="s">
+        <v>7</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" s="2">
+        <v>44926</v>
+      </c>
+      <c r="E84" s="3">
+        <v>2022</v>
+      </c>
+      <c r="F84">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>6</v>
+      </c>
+      <c r="B85" t="s">
+        <v>7</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" s="2">
+        <v>45291</v>
+      </c>
+      <c r="E85" s="3">
+        <v>2023</v>
+      </c>
+      <c r="F85">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>6</v>
+      </c>
+      <c r="B86" t="s">
+        <v>7</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" s="2">
         <v>45657</v>
       </c>
-      <c r="E83" s="3">
+      <c r="E86" s="3">
         <v>2024</v>
       </c>
-      <c r="F83">
+      <c r="F86">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>6</v>
+      </c>
+      <c r="B87" t="s">
+        <v>7</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" s="2">
+        <v>46022</v>
+      </c>
+      <c r="E87" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F87">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>